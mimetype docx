--- v0 (2025-10-31)
+++ v1 (2026-02-09)
@@ -333,77 +333,80 @@
       <w:r w:rsidR="572BB50C">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="640DB2A7">
         <w:t>attract</w:t>
       </w:r>
       <w:r w:rsidR="5F04CBC1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="640DB2A7">
         <w:t xml:space="preserve">attendees from across the country, I’ll be able to build a network with peers who are not our direct competitors. I’ll </w:t>
       </w:r>
       <w:r w:rsidR="0FAB289B">
         <w:t>also have the chance</w:t>
       </w:r>
       <w:r w:rsidR="640DB2A7">
         <w:t xml:space="preserve"> to tap into </w:t>
       </w:r>
       <w:r w:rsidR="452E3F48">
         <w:t xml:space="preserve">our collective expertise to </w:t>
       </w:r>
       <w:r w:rsidR="6EEB89AD">
         <w:t>navigate successful lending.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295E73B9" w14:textId="74E780CA" w:rsidR="00CF29C3" w:rsidRDefault="00CF29C3" w:rsidP="00081EAD">
+    <w:p w14:paraId="295E73B9" w14:textId="119E71FE" w:rsidR="00CF29C3" w:rsidRDefault="00CF29C3" w:rsidP="00081EAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD73E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Unique Loan Simulation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – The </w:t>
       </w:r>
+      <w:r w:rsidR="00F05164">
+        <w:t xml:space="preserve">exclusive </w:t>
+      </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="002A56DD" w:rsidRPr="006E1463">
+        <w:r w:rsidR="006244FD" w:rsidRPr="006244FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>ABA Commercial Loan Simulation™</w:t>
+          <w:t>ABA Commercial Loan Simulation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002A56DD">
+      <w:r w:rsidR="006244FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00081EAD" w:rsidRPr="00081EAD">
         <w:t>is a one-of-a-kind simulation that uses real-life, current loan examples so students can easily app</w:t>
       </w:r>
       <w:r w:rsidR="00081EAD">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00081EAD" w:rsidRPr="00081EAD">
         <w:t>y the learning to their bank loans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="305CEF5A" w14:textId="3EDF8507" w:rsidR="00DD73E8" w:rsidRDefault="58DEA835" w:rsidP="00827809">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="7FA0101C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2360,124 +2363,129 @@
     <w:rsid w:val="00013C22"/>
     <w:rsid w:val="00044EF2"/>
     <w:rsid w:val="0007464C"/>
     <w:rsid w:val="00081EAD"/>
     <w:rsid w:val="000A0E93"/>
     <w:rsid w:val="000E5967"/>
     <w:rsid w:val="000F3825"/>
     <w:rsid w:val="00117E61"/>
     <w:rsid w:val="00173B65"/>
     <w:rsid w:val="0019318F"/>
     <w:rsid w:val="001B39F1"/>
     <w:rsid w:val="001B5F89"/>
     <w:rsid w:val="001C3559"/>
     <w:rsid w:val="001D2472"/>
     <w:rsid w:val="001D6608"/>
     <w:rsid w:val="001E28F0"/>
     <w:rsid w:val="001E3617"/>
     <w:rsid w:val="002052D1"/>
     <w:rsid w:val="002927F3"/>
     <w:rsid w:val="002A56DD"/>
     <w:rsid w:val="002E7F11"/>
     <w:rsid w:val="002F2DA2"/>
     <w:rsid w:val="00305983"/>
     <w:rsid w:val="003063EA"/>
     <w:rsid w:val="003260B3"/>
+    <w:rsid w:val="0033534A"/>
     <w:rsid w:val="003420BF"/>
     <w:rsid w:val="00342381"/>
     <w:rsid w:val="00344EBD"/>
     <w:rsid w:val="00367A51"/>
     <w:rsid w:val="003C3CA6"/>
     <w:rsid w:val="004117F4"/>
     <w:rsid w:val="00427C24"/>
     <w:rsid w:val="00480586"/>
     <w:rsid w:val="00506815"/>
     <w:rsid w:val="005261C6"/>
     <w:rsid w:val="0056784A"/>
     <w:rsid w:val="00586C1C"/>
     <w:rsid w:val="005A12EA"/>
     <w:rsid w:val="005B1745"/>
     <w:rsid w:val="00606FDE"/>
     <w:rsid w:val="00607C7D"/>
+    <w:rsid w:val="006244FD"/>
     <w:rsid w:val="0063653C"/>
     <w:rsid w:val="0064260A"/>
     <w:rsid w:val="00673B53"/>
     <w:rsid w:val="006B4786"/>
     <w:rsid w:val="006C5DF3"/>
     <w:rsid w:val="006E1463"/>
     <w:rsid w:val="006E26D0"/>
     <w:rsid w:val="006E6191"/>
     <w:rsid w:val="007121A3"/>
     <w:rsid w:val="00750237"/>
     <w:rsid w:val="00754D64"/>
     <w:rsid w:val="00777C14"/>
     <w:rsid w:val="00791E95"/>
     <w:rsid w:val="007F57E4"/>
     <w:rsid w:val="00827809"/>
     <w:rsid w:val="00854FC9"/>
     <w:rsid w:val="008678A4"/>
     <w:rsid w:val="00897179"/>
     <w:rsid w:val="008B2B58"/>
     <w:rsid w:val="00923E37"/>
     <w:rsid w:val="00992C2F"/>
     <w:rsid w:val="009B0D6A"/>
     <w:rsid w:val="00A04657"/>
+    <w:rsid w:val="00AA3CB5"/>
     <w:rsid w:val="00AB16A2"/>
     <w:rsid w:val="00AC1DE0"/>
     <w:rsid w:val="00AF247B"/>
     <w:rsid w:val="00AF49ED"/>
     <w:rsid w:val="00B228B7"/>
     <w:rsid w:val="00B54D3F"/>
     <w:rsid w:val="00B57C47"/>
     <w:rsid w:val="00B75BE5"/>
     <w:rsid w:val="00B93D04"/>
     <w:rsid w:val="00BC414B"/>
     <w:rsid w:val="00C07329"/>
     <w:rsid w:val="00C0794B"/>
     <w:rsid w:val="00C63BD2"/>
     <w:rsid w:val="00C7229E"/>
     <w:rsid w:val="00C7257D"/>
     <w:rsid w:val="00C81487"/>
     <w:rsid w:val="00CA4C68"/>
     <w:rsid w:val="00CC11D7"/>
     <w:rsid w:val="00CE58CF"/>
     <w:rsid w:val="00CF29C3"/>
     <w:rsid w:val="00D033BE"/>
     <w:rsid w:val="00D44798"/>
     <w:rsid w:val="00D65E61"/>
     <w:rsid w:val="00D71B4D"/>
     <w:rsid w:val="00DA5D3D"/>
     <w:rsid w:val="00DB19CB"/>
     <w:rsid w:val="00DD73E8"/>
     <w:rsid w:val="00DE51B4"/>
     <w:rsid w:val="00E34257"/>
+    <w:rsid w:val="00E35CD1"/>
     <w:rsid w:val="00E42B1F"/>
     <w:rsid w:val="00E548D9"/>
     <w:rsid w:val="00E76F27"/>
     <w:rsid w:val="00EA7581"/>
     <w:rsid w:val="00EC0747"/>
     <w:rsid w:val="00F03CE6"/>
+    <w:rsid w:val="00F05164"/>
     <w:rsid w:val="00F11AC9"/>
     <w:rsid w:val="00F47604"/>
     <w:rsid w:val="00F645D2"/>
     <w:rsid w:val="00F734D3"/>
     <w:rsid w:val="00F90403"/>
     <w:rsid w:val="00FA17E1"/>
     <w:rsid w:val="00FF2D8C"/>
     <w:rsid w:val="00FF5DD4"/>
     <w:rsid w:val="01CB22F6"/>
     <w:rsid w:val="03F871FF"/>
     <w:rsid w:val="04E51B97"/>
     <w:rsid w:val="05042A90"/>
     <w:rsid w:val="067FA711"/>
     <w:rsid w:val="0763FB08"/>
     <w:rsid w:val="07ACC1C7"/>
     <w:rsid w:val="0842E7DA"/>
     <w:rsid w:val="093683CF"/>
     <w:rsid w:val="0AA6AF61"/>
     <w:rsid w:val="0C5E57FB"/>
     <w:rsid w:val="0FAB289B"/>
     <w:rsid w:val="103BC089"/>
     <w:rsid w:val="111289DF"/>
     <w:rsid w:val="13C2A315"/>
     <w:rsid w:val="1473101E"/>
     <w:rsid w:val="15182961"/>
@@ -4684,52 +4692,63 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F872C1767861EE49ACA5930A1F6F3CD8" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="533cfe57502b0f885ad09db6c500c9dd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d5272e6c-2adb-4d71-a95f-1b01ea15e848" xmlns:ns3="35b2be36-1f58-4fbf-8df8-db9f01ef9d96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08c0e10d8a1b90fb2f10214c4d7b0063" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SectionedOut xmlns="35b2be36-1f58-4fbf-8df8-db9f01ef9d96" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="35b2be36-1f58-4fbf-8df8-db9f01ef9d96">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F872C1767861EE49ACA5930A1F6F3CD8" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b877641eb20697fae8ca2689e42a493c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d5272e6c-2adb-4d71-a95f-1b01ea15e848" xmlns:ns3="35b2be36-1f58-4fbf-8df8-db9f01ef9d96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7960df1cb9f5f81cf6416348e425b03" ns2:_="" ns3:_="">
     <xsd:import namespace="d5272e6c-2adb-4d71-a95f-1b01ea15e848"/>
     <xsd:import namespace="35b2be36-1f58-4fbf-8df8-db9f01ef9d96"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SectionedOut" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4920,113 +4939,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9187ED2-4440-49E1-B48B-550C389522C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E9655D-F2A8-4658-9C0D-45CF2A44C495}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3320623D-9A0F-4FCE-B443-2DDD6CA2DD26}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35b2be36-1f58-4fbf-8df8-db9f01ef9d96"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B0AE9EC-F4F0-4EBF-9C7F-0AB2CE80B4CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d5272e6c-2adb-4d71-a95f-1b01ea15e848"/>
     <ds:schemaRef ds:uri="35b2be36-1f58-4fbf-8df8-db9f01ef9d96"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>429</Words>
-  <Characters>2392</Characters>
+  <Words>430</Words>
+  <Characters>2400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2805</CharactersWithSpaces>
+  <CharactersWithSpaces>2814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jamie Mitchell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F872C1767861EE49ACA5930A1F6F3CD8</vt:lpwstr>
   </property>